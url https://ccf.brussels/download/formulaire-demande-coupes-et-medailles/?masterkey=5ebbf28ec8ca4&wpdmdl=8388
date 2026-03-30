--- v0 (2025-12-09)
+++ v1 (2026-03-30)
@@ -11,446 +11,749 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1F7B1243" w14:textId="77777777" w:rsidR="00D319D5" w:rsidRDefault="00D319D5" w:rsidP="00E83F7B">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="1F7B1243" w14:textId="77777777" w:rsidR="00D319D5" w:rsidRDefault="00D319D5" w:rsidP="00E83F7B"/>
     <w:p w14:paraId="4F785561" w14:textId="77777777" w:rsidR="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B"/>
-    <w:p w14:paraId="567042B1" w14:textId="77777777" w:rsidR="00E83F7B" w:rsidRPr="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B">
+    <w:p w14:paraId="29B6E9F7" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00E83F7B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567042B1" w14:textId="5C93B5EB" w:rsidR="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83F7B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Demande de </w:t>
       </w:r>
       <w:r w:rsidR="008B7D4F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>coupes et médailles</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83F7B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> à la Commission de la communauté française</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7B93A956" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRPr="00E83F7B" w:rsidRDefault="00B508B8" w:rsidP="00E83F7B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2BBB575E" w14:textId="77777777" w:rsidR="004252D8" w:rsidRPr="00DE372A" w:rsidRDefault="00E83F7B" w:rsidP="00DE372A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7D4F">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Identification du demandeur</w:t>
       </w:r>
       <w:r w:rsidR="008B7D4F">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D138D89" w14:textId="77777777" w:rsidR="00E83F7B" w:rsidRPr="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B">
+    <w:p w14:paraId="4D138D89" w14:textId="740579DB" w:rsidR="00E83F7B" w:rsidRPr="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B">
       <w:r w:rsidRPr="00E83F7B">
         <w:t>Nom </w:t>
       </w:r>
       <w:r w:rsidR="008B7D4F">
         <w:t xml:space="preserve">du CLUB/ ASBL </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83F7B">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="02299930" w14:textId="77777777" w:rsidR="00E83F7B" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02299930" w14:textId="1623B594" w:rsidR="00E83F7B" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
         <w:t>Président du CLUB/ ASBL</w:t>
       </w:r>
       <w:r w:rsidR="00E83F7B" w:rsidRPr="00E83F7B">
         <w:t> :</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="10E686CE" w14:textId="28B671B6" w:rsidR="00E83F7B" w:rsidRDefault="004252D8" w:rsidP="00E83F7B">
+      <w:r w:rsidR="00CE183E" w:rsidRPr="00CE183E">
+        <w:rPr>
+          <w:rFonts w:ascii="T-Star Pro" w:hAnsi="T-Star Pro"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="29"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E686CE" w14:textId="4B300F56" w:rsidR="00E83F7B" w:rsidRDefault="004252D8" w:rsidP="00E83F7B">
       <w:r>
         <w:t>Adresse</w:t>
       </w:r>
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> siège social</w:t>
+      </w:r>
       <w:r w:rsidR="008B7D4F">
         <w:t xml:space="preserve"> de l’ASBL</w:t>
       </w:r>
       <w:r w:rsidR="00E83F7B">
         <w:t> :</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="76CE416F" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4857">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C449396" w14:textId="01C6823A" w:rsidR="005B7D15" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
-        <w:t>Personne de contact :                                                                  N° de GSM :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61B143CC" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRPr="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00DE372A">
+        <w:t>Personne de contact</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> (responsable du projet)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> :  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D273BA" w14:textId="4C7B36F6" w:rsidR="008F3C01" w:rsidRDefault="008F3C01" w:rsidP="00E83F7B">
+      <w:r>
+        <w:t>Numéro de téléphone :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16316930" w14:textId="415773A1" w:rsidR="008F3C01" w:rsidRDefault="008F3C01" w:rsidP="00E83F7B">
+      <w:r>
+        <w:t xml:space="preserve">Adresse </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCF5074" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B143CC" w14:textId="6AD447B1" w:rsidR="008B7D4F" w:rsidRPr="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00DE372A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7D4F">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Demande de matériel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6882C857" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+    <w:p w14:paraId="6882C857" w14:textId="4D290003" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
         <w:t>Sport :</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7C4CACA2" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4CACA2" w14:textId="16BF3547" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
         <w:t>Evénement proposé :</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2487CCCC" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2487CCCC" w14:textId="742D36C6" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
         <w:t>Lieux et date de l’événement :</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="08C87106" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
+      <w:r w:rsidR="003B1B72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C87106" w14:textId="0CF78024" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r>
-        <w:t>Nombre de participants et nombre de lauréats :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CA4AE87" w14:textId="7A351B7F" w:rsidR="004252D8" w:rsidRDefault="004252D8" w:rsidP="00E83F7B">
+        <w:t xml:space="preserve">Nombre de </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve">catégories et de </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Nombre de médailles </w:t>
+        <w:t>participants :</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F660CD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA4AE87" w14:textId="3EC7A929" w:rsidR="004252D8" w:rsidRDefault="008F3C01" w:rsidP="00E83F7B">
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="004252D8">
+        <w:t>édailles</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (calculé selon le nombre de participants)</w:t>
+      </w:r>
+      <w:r w:rsidR="004252D8">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B7D4F">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="24C81F20" w14:textId="626CC2CF" w:rsidR="008B7D4F" w:rsidRPr="00E83F7B" w:rsidRDefault="004252D8" w:rsidP="00E83F7B">
+      <w:r w:rsidR="0067100C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5566D8C4" w14:textId="77777777" w:rsidR="008F3C01" w:rsidRDefault="008F3C01" w:rsidP="00E83F7B">
       <w:r>
-        <w:t>Nombre de coupes (veuillez préciser la taille) :</w:t>
-[...4 lines deleted...]
-      <w:pPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="004252D8">
+        <w:t>oupes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C81F20" w14:textId="52F20069" w:rsidR="008B7D4F" w:rsidRDefault="008F3C01" w:rsidP="008F3C01">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>2 tailles disponibles (1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F3C01">
         <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F3C01">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>ème</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) : 2 coupes par catégories pour un maximum de 10 catégories</w:t>
+      </w:r>
+      <w:r w:rsidR="004252D8">
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008D14DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B14FA6B" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DCFE544" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8"/>
+    <w:p w14:paraId="2D7EB2B6" w14:textId="77777777" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DB6724" w14:textId="09016CAA" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Coupe « Premium » réservée aux évènements particuliers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B508B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Signature : </w:t>
+        <w:t>sous acceptation du contrôle interne</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (1 par évènement). La demande de cette coupe se fait par mail auprès du Service Sport à l’adresse : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00B84DE5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>sport@spfb.brussels</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543CE2D3" w14:textId="55B80862" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ce mail explique le type d’évènement et l’importance de la remise d’un trophée plus important.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CB2080" w14:textId="1D5807B0" w:rsidR="00B508B8" w:rsidRPr="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00B508B8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B508B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Attention, la remise de ce trophée est réalisée exclusivement par le Service Sport de la COCOF.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5EDD4D" w14:textId="77777777" w:rsidR="00E83F7B" w:rsidRDefault="00E83F7B" w:rsidP="00E83F7B"/>
+    <w:p w14:paraId="33E1CDA8" w14:textId="4C567FC1" w:rsidR="00B508B8" w:rsidRDefault="00B508B8" w:rsidP="00E83F7B">
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4F0FB7" w14:textId="77777777" w:rsidR="004252D8" w:rsidRDefault="004252D8" w:rsidP="00E83F7B">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201A9EDF" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
       <w:r w:rsidRPr="0043594E">
         <w:t>Commentaires internes </w:t>
       </w:r>
       <w:r w:rsidR="0043594E">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0043594E" w:rsidRPr="0043594E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>La partie ci-dessous sera complétée par l’administration</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0043594E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0043594E">
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0043594E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384D9E1D" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14B794DB" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D652A0" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+    <w:p w14:paraId="249055DE" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="762C9F62" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00E83F7B">
-[...6 lines deleted...]
-    <w:p w14:paraId="28EB7BF2" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00C822EE">
+    <w:p w14:paraId="00F840A4" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFECACD" w14:textId="77777777" w:rsidR="008B7D4F" w:rsidRDefault="008B7D4F" w:rsidP="00C822EE">
+    <w:p w14:paraId="48CCC717" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B71D27" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+    <w:p w14:paraId="2A269FEB" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="57E70E65" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A425CC0" w14:textId="77777777" w:rsidR="008B4257" w:rsidRDefault="008B4257" w:rsidP="00C822EE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D652A0" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5CE60C40" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE"/>
-    <w:p w14:paraId="0070DE1A" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+    <w:p w14:paraId="0070DE1A" w14:textId="6D14CB48" w:rsidR="00C822EE" w:rsidRDefault="00F82A78" w:rsidP="00C822EE">
       <w:r>
-        <w:t>Autorisation de :                                                                                           Signature :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05053FAD" w14:textId="77777777" w:rsidR="00C822EE" w:rsidRPr="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+        <w:t>Date &amp; s</w:t>
+      </w:r>
+      <w:r w:rsidR="007F011F">
+        <w:t>ignature agent</w:t>
+      </w:r>
+      <w:r w:rsidR="00C822EE">
+        <w:t xml:space="preserve"> :                                                                                           </w:t>
+      </w:r>
       <w:r>
-        <w:t>Pour :                                                                                                               Date :</w:t>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46BB0">
+        <w:t xml:space="preserve"> &amp; s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C822EE">
+        <w:t>ignature</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ASBL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C822EE">
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B631AD" w14:textId="77777777" w:rsidR="005D2C45" w:rsidRDefault="005D2C45" w:rsidP="00C822EE"/>
+    <w:p w14:paraId="099E9259" w14:textId="77777777" w:rsidR="005D2C45" w:rsidRDefault="005D2C45" w:rsidP="00C822EE"/>
+    <w:p w14:paraId="605B45AF" w14:textId="77777777" w:rsidR="005D2C45" w:rsidRDefault="005D2C45" w:rsidP="00C822EE"/>
+    <w:p w14:paraId="4EE7EC8F" w14:textId="62D0CC99" w:rsidR="005D2C45" w:rsidRDefault="00AA2C80" w:rsidP="00AA2C80">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Date et signature ASBL pour réception :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05053FAD" w14:textId="4018BADC" w:rsidR="00C822EE" w:rsidRPr="00C822EE" w:rsidRDefault="00C822EE" w:rsidP="00C822EE">
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="007F011F">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F011F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007F011F">
+        <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C822EE" w:rsidRPr="00C822EE" w:rsidSect="001379B4">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1701" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1372A70D" w14:textId="77777777" w:rsidR="00495FE2" w:rsidRDefault="00495FE2" w:rsidP="00FB3757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="218B69FC" w14:textId="77777777" w:rsidR="00495FE2" w:rsidRDefault="00495FE2" w:rsidP="00FB3757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="T-Star Pro">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D35F867" w14:textId="77777777" w:rsidR="002923C9" w:rsidRDefault="002923C9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="037D7740" w14:textId="77777777" w:rsidR="008E3D6C" w:rsidRDefault="00D741D0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="306BBDB8" wp14:editId="305A11A3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2326640</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="bottomMargin">
             <wp:posOffset>189865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4716000" cy="403200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Image 3"/>
           <wp:cNvGraphicFramePr>
@@ -562,51 +865,51 @@
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C822EE" w:rsidRPr="00C822EE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00AD6EE0">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5BF06087" w14:textId="77777777" w:rsidR="003452B7" w:rsidRDefault="002923C9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A047513" wp14:editId="680BFDA4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-358775</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-281528</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6638307" cy="381635"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Image 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -630,96 +933,96 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6638307" cy="381635"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3AC10A88" w14:textId="77777777" w:rsidR="00495FE2" w:rsidRDefault="00495FE2" w:rsidP="00FB3757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="00EECAC9" w14:textId="77777777" w:rsidR="00495FE2" w:rsidRDefault="00495FE2" w:rsidP="00FB3757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05CDCCEA" w14:textId="77777777" w:rsidR="002923C9" w:rsidRDefault="002923C9">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="471B8BB1" w14:textId="77777777" w:rsidR="002923C9" w:rsidRDefault="002923C9">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AD70881" w14:textId="77777777" w:rsidR="003452B7" w:rsidRDefault="00D741D0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A63733C" wp14:editId="2448702F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>540385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>540385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6480000" cy="864000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Image 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -746,52 +1049,164 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6480000" cy="864000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03E466BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8C26292"/>
+    <w:lvl w:ilvl="0" w:tplc="694041C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F97088C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="007A9F78"/>
     <w:lvl w:ilvl="0" w:tplc="080C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -860,51 +1275,51 @@
     <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A0C27D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="173243A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
@@ -949,51 +1364,163 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BFD1203"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8760D362"/>
+    <w:lvl w:ilvl="0" w:tplc="A1248256">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="455A4F6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6828FE8"/>
     <w:lvl w:ilvl="0" w:tplc="DB4230E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -1038,272 +1565,416 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4601459D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC86B10A"/>
+    <w:lvl w:ilvl="0" w:tplc="1618134E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="842353424">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1886260926">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1990094706">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1730958421">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="960380668">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="327170416">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="512960652">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2112162558">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="856189386">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="150221173">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="11" w16cid:durableId="155805065">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
-[...20 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="12" w16cid:durableId="1910995400">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="13" w16cid:durableId="350378470">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="315719263">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:trackRevisions/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F44F98"/>
+    <w:rsid w:val="00014854"/>
     <w:rsid w:val="000203FB"/>
     <w:rsid w:val="00064E9E"/>
     <w:rsid w:val="00082E6C"/>
     <w:rsid w:val="00094EC5"/>
     <w:rsid w:val="00095A43"/>
     <w:rsid w:val="000A4106"/>
     <w:rsid w:val="000B30D4"/>
     <w:rsid w:val="000E7013"/>
     <w:rsid w:val="00114859"/>
     <w:rsid w:val="001379B4"/>
     <w:rsid w:val="00143C58"/>
     <w:rsid w:val="001526F9"/>
     <w:rsid w:val="00163A83"/>
+    <w:rsid w:val="00180D22"/>
     <w:rsid w:val="001B30FC"/>
     <w:rsid w:val="001F57FF"/>
     <w:rsid w:val="00213CBE"/>
     <w:rsid w:val="002304D7"/>
     <w:rsid w:val="0024352A"/>
     <w:rsid w:val="00280443"/>
     <w:rsid w:val="00290AE9"/>
     <w:rsid w:val="00291F54"/>
     <w:rsid w:val="002923C9"/>
+    <w:rsid w:val="002952D7"/>
     <w:rsid w:val="002960E9"/>
     <w:rsid w:val="002C233A"/>
     <w:rsid w:val="002E34AB"/>
     <w:rsid w:val="003452B7"/>
+    <w:rsid w:val="00395976"/>
     <w:rsid w:val="003A4877"/>
+    <w:rsid w:val="003B1B72"/>
     <w:rsid w:val="003C6E74"/>
     <w:rsid w:val="003C7EC0"/>
     <w:rsid w:val="003E0475"/>
     <w:rsid w:val="00415D4B"/>
     <w:rsid w:val="004252D8"/>
     <w:rsid w:val="0043594E"/>
     <w:rsid w:val="004722FA"/>
+    <w:rsid w:val="00474362"/>
     <w:rsid w:val="00474B8A"/>
     <w:rsid w:val="004875A2"/>
     <w:rsid w:val="00495FE2"/>
     <w:rsid w:val="004B09B8"/>
     <w:rsid w:val="004B78D6"/>
     <w:rsid w:val="004D3C76"/>
     <w:rsid w:val="00502F6B"/>
     <w:rsid w:val="0050726E"/>
     <w:rsid w:val="00511A17"/>
     <w:rsid w:val="0054088B"/>
     <w:rsid w:val="00553E46"/>
+    <w:rsid w:val="00560125"/>
     <w:rsid w:val="005607C7"/>
+    <w:rsid w:val="005B4F77"/>
+    <w:rsid w:val="005B7D15"/>
+    <w:rsid w:val="005D2C45"/>
     <w:rsid w:val="005D49CE"/>
     <w:rsid w:val="00645E4A"/>
     <w:rsid w:val="0066155E"/>
+    <w:rsid w:val="0067100C"/>
     <w:rsid w:val="00683810"/>
     <w:rsid w:val="006963DC"/>
     <w:rsid w:val="00735653"/>
     <w:rsid w:val="007734F5"/>
     <w:rsid w:val="00776126"/>
     <w:rsid w:val="007A0E99"/>
     <w:rsid w:val="007A3696"/>
     <w:rsid w:val="007C759F"/>
     <w:rsid w:val="007D2B13"/>
     <w:rsid w:val="007E7C1B"/>
+    <w:rsid w:val="007F011F"/>
     <w:rsid w:val="008013E6"/>
     <w:rsid w:val="00803C11"/>
     <w:rsid w:val="0081276A"/>
     <w:rsid w:val="008222A5"/>
+    <w:rsid w:val="00852940"/>
     <w:rsid w:val="00867ECB"/>
+    <w:rsid w:val="00872E45"/>
     <w:rsid w:val="0089467D"/>
+    <w:rsid w:val="008B4257"/>
     <w:rsid w:val="008B7D4F"/>
+    <w:rsid w:val="008D14DD"/>
     <w:rsid w:val="008D2608"/>
     <w:rsid w:val="008E3D6C"/>
+    <w:rsid w:val="008F3C01"/>
     <w:rsid w:val="0091076D"/>
     <w:rsid w:val="00955C06"/>
     <w:rsid w:val="00971BD0"/>
     <w:rsid w:val="009817EB"/>
     <w:rsid w:val="0098283D"/>
     <w:rsid w:val="00A36BA7"/>
     <w:rsid w:val="00AA0A75"/>
+    <w:rsid w:val="00AA2C80"/>
     <w:rsid w:val="00AC5C75"/>
     <w:rsid w:val="00AD24ED"/>
     <w:rsid w:val="00AD6EE0"/>
+    <w:rsid w:val="00AF4857"/>
+    <w:rsid w:val="00B508B8"/>
     <w:rsid w:val="00B77098"/>
     <w:rsid w:val="00B95459"/>
     <w:rsid w:val="00BC4D29"/>
     <w:rsid w:val="00C34E46"/>
     <w:rsid w:val="00C66CD9"/>
     <w:rsid w:val="00C822EE"/>
     <w:rsid w:val="00C872D6"/>
+    <w:rsid w:val="00CE183E"/>
     <w:rsid w:val="00CF6105"/>
     <w:rsid w:val="00D15D93"/>
     <w:rsid w:val="00D319D5"/>
     <w:rsid w:val="00D6134A"/>
     <w:rsid w:val="00D741D0"/>
     <w:rsid w:val="00D923DA"/>
     <w:rsid w:val="00DB43CF"/>
     <w:rsid w:val="00DC589E"/>
     <w:rsid w:val="00DE372A"/>
     <w:rsid w:val="00DE4142"/>
     <w:rsid w:val="00DF0ADB"/>
     <w:rsid w:val="00DF225D"/>
     <w:rsid w:val="00E4574E"/>
+    <w:rsid w:val="00E46BB0"/>
     <w:rsid w:val="00E83F7B"/>
     <w:rsid w:val="00E96253"/>
     <w:rsid w:val="00ED5C6B"/>
     <w:rsid w:val="00F01242"/>
     <w:rsid w:val="00F36220"/>
     <w:rsid w:val="00F44F98"/>
+    <w:rsid w:val="00F660CD"/>
     <w:rsid w:val="00F70106"/>
     <w:rsid w:val="00F74229"/>
+    <w:rsid w:val="00F82A78"/>
     <w:rsid w:val="00FA02B6"/>
     <w:rsid w:val="00FB3757"/>
     <w:rsid w:val="00FB729B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="57C7CDFE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D9D4745A-918A-449F-BE1C-73FA0584E505}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1636,51 +2307,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00ED5C6B"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00213CBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -2259,55 +2929,88 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00E83F7B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE183E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B508B8"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B508B8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="438986085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1563515355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2417,51 +3120,51 @@
           <w:divsChild>
             <w:div w:id="80414813">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sport@spfb.brussels" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="palette Cocof">
       <a:dk1>
         <a:srgbClr val="1C3F94"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="8EA9E9"/>
       </a:lt1>
       <a:dk2>
@@ -2706,65 +3409,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008C1128996A59F04C808C904E835AEB7B" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2a380f1695890fc5dcef28255cc4fa19">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="700bcda8-99b0-40f0-b666-a348fe975860" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a11445c42a26fa2c8f6e67abfc4cf8d2" ns3:_="">
     <xsd:import namespace="700bcda8-99b0-40f0-b666-a348fe975860"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="700bcda8-99b0-40f0-b666-a348fe975860" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -2884,115 +3572,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2FBA3DF-AED3-43BE-935E-600D34BDD964}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="700bcda8-99b0-40f0-b666-a348fe975860"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC1324C5-8333-411C-8BDC-988BAC8352FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A8735E0-6953-42DC-9D5B-919DAE8B93A4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>814</Characters>
+  <Pages>2</Pages>
+  <Words>239</Words>
+  <Characters>1317</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commission Communautaire Française</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>961</CharactersWithSpaces>
+  <CharactersWithSpaces>1553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gaëtan LECOUTURIER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008C1128996A59F04C808C904E835AEB7B</vt:lpwstr>