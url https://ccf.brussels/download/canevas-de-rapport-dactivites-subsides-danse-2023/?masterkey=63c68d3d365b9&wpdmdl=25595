--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -322,51 +322,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FA09E4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>asbl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FA09E4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> et de ses objectifs</w:t>
       </w:r>
       <w:r w:rsidR="008D494D" w:rsidRPr="001A0603">
         <w:t xml:space="preserve"> (historique et objet social).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05332AD7" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A633A5F" w14:textId="77777777" w:rsidR="00DB794C" w:rsidRDefault="001C773C" w:rsidP="00034D11">
+    <w:p w14:paraId="7A633A5F" w14:textId="77777777" w:rsidR="00DB794C" w:rsidRDefault="00392453" w:rsidP="00034D11">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="829021126"/>
           <w:placeholder>
             <w:docPart w:val="F14B95AA4A2747159DD9FCFE490D1DEA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008D494D" w:rsidRPr="00DB794C">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="29272D41" w14:textId="5EFFE6DC" w:rsidR="008D494D" w:rsidRDefault="008D494D" w:rsidP="007B46A5"/>
     <w:p w14:paraId="1A48745E" w14:textId="7C7D3587" w:rsidR="008D494D" w:rsidRDefault="00FA09E4" w:rsidP="00FA09E4">
@@ -435,51 +435,51 @@
       <w:r>
         <w:t xml:space="preserve"> personnes supplémentaires</w:t>
       </w:r>
       <w:r w:rsidR="005620BC">
         <w:t xml:space="preserve"> sont-elles nécessaires pour rencontrer les besoins liés à vos activités</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ? </w:t>
       </w:r>
       <w:r w:rsidR="00705EA7">
         <w:t xml:space="preserve">quels sont les </w:t>
       </w:r>
       <w:r>
         <w:t>engagements effectués au cours de l’année écoulée ?</w:t>
       </w:r>
       <w:r w:rsidR="00B26A2F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF2651" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="098B5C50" w14:textId="49D2C725" w:rsidR="00B26A2F" w:rsidRDefault="001C773C" w:rsidP="00034D11">
+    <w:p w14:paraId="098B5C50" w14:textId="49D2C725" w:rsidR="00B26A2F" w:rsidRDefault="00392453" w:rsidP="00034D11">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1802576693"/>
           <w:placeholder>
             <w:docPart w:val="6F81D83CF4BF469A80FCED839D5FD12A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B26A2F" w:rsidRPr="00DB794C">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="362EB9CC" w14:textId="2D02B6C2" w:rsidR="00B26A2F" w:rsidRDefault="00B26A2F" w:rsidP="00B26A2F"/>
     <w:p w14:paraId="5C2A096A" w14:textId="44AA4172" w:rsidR="00B26A2F" w:rsidRDefault="00FA09E4" w:rsidP="00034D11">
@@ -512,128 +512,125 @@
       <w:r>
         <w:t xml:space="preserve">  (ces faits positifs et/ou négatifs ont pour but de contextualiser ce qui s’est passé au sein de votre association sans lien direct et nécessaire avec les activités pour lesquelles votre structure a été constituée. Exemples : le siège social de l’association a été vandalisé, une fuite d’eau a nécessité des travaux en urgence, </w:t>
       </w:r>
       <w:r w:rsidR="00034D11">
         <w:t>l’association a été récompensée</w:t>
       </w:r>
       <w:r w:rsidR="005620BC">
         <w:t xml:space="preserve"> et cette récompense a fait l’objet d’un récit médiatique</w:t>
       </w:r>
       <w:r w:rsidR="00034D11">
         <w:t>, de nouveaux loc</w:t>
       </w:r>
       <w:r w:rsidR="005620BC">
         <w:t>aux ont été inaugurés à l’occas</w:t>
       </w:r>
       <w:r w:rsidR="00034D11">
         <w:t>ion d’une visite royale, …)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3516BDF0" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EEF0F39" w14:textId="299C3C06" w:rsidR="00B26A2F" w:rsidRDefault="001C773C" w:rsidP="00034D11">
+    <w:p w14:paraId="3EEF0F39" w14:textId="299C3C06" w:rsidR="00B26A2F" w:rsidRDefault="00392453" w:rsidP="00034D11">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1688339967"/>
           <w:placeholder>
             <w:docPart w:val="B3304ACAC1534DB68315288526FC0666"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B26A2F" w:rsidRPr="00DB794C">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61071385" w14:textId="65DC6E4F" w:rsidR="00DB794C" w:rsidRDefault="00DB794C" w:rsidP="007B46A5"/>
     <w:p w14:paraId="449D5BFF" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="007A2A10">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63DF1B21" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="007A2A10">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30B60926" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11"/>
     <w:p w14:paraId="09DCFF7A" w14:textId="77777777" w:rsidR="00D16293" w:rsidRPr="00034D11" w:rsidRDefault="00D16293" w:rsidP="00034D11"/>
     <w:p w14:paraId="5C535801" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="007A2A10">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5480AD5B" w14:textId="6225F51D" w:rsidR="007A2A10" w:rsidRPr="001C773C" w:rsidRDefault="007A2A10" w:rsidP="007A2A10">
+    <w:p w14:paraId="5480AD5B" w14:textId="1A3CF180" w:rsidR="007A2A10" w:rsidRPr="00806768" w:rsidRDefault="007A2A10" w:rsidP="007A2A10">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B43A3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PARTIE 2. </w:t>
       </w:r>
       <w:r w:rsidR="00034D11" w:rsidRPr="002B43A3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">ACTIVITÉS ASSOCIATIVES ET </w:t>
       </w:r>
       <w:r w:rsidRPr="002B43A3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>RÉALISATIONS</w:t>
       </w:r>
-      <w:r w:rsidR="001C773C" w:rsidRPr="001C773C">
+      <w:r w:rsidR="00806768" w:rsidRPr="00806768">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> CONCRÈTES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AB8910" w14:textId="77777777" w:rsidR="00034D11" w:rsidRPr="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="55AB8910" w14:textId="77777777" w:rsidR="00034D11" w:rsidRPr="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11"/>
     <w:p w14:paraId="02BD2B2C" w14:textId="7E4191D4" w:rsidR="007A2A10" w:rsidRPr="00A66E00" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66E00">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Prière d’énumérer et de décrire</w:t>
       </w:r>
       <w:r w:rsidR="006C29B4" w:rsidRPr="00A66E00">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans cette section</w:t>
       </w:r>
       <w:r w:rsidR="002D03B7" w:rsidRPr="00A66E00">
         <w:rPr>
           <w:i/>
@@ -781,51 +778,51 @@
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Présentation et description des activités générales</w:t>
       </w:r>
       <w:r w:rsidR="00034D11" w:rsidRPr="001A0603">
         <w:t xml:space="preserve"> (qui ne font pas nécessairement l’objet de votre demande de subvention)</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0603">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="090EBD0C" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D524476" w14:textId="77777777" w:rsidR="00E435E5" w:rsidRDefault="001C773C" w:rsidP="00034D11">
+    <w:p w14:paraId="0D524476" w14:textId="77777777" w:rsidR="00E435E5" w:rsidRDefault="00392453" w:rsidP="00034D11">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1345440587"/>
           <w:placeholder>
             <w:docPart w:val="D6440E8DBFCF4C5EA0140F0F2590C667"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E435E5" w:rsidRPr="00DB794C">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="503EEDA4" w14:textId="192F8106" w:rsidR="00E435E5" w:rsidRDefault="00E435E5" w:rsidP="00E435E5"/>
     <w:p w14:paraId="4E7591DB" w14:textId="468A4392" w:rsidR="00E435E5" w:rsidRDefault="00E435E5" w:rsidP="006C29B4">
@@ -836,76 +833,79 @@
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Présentation et description des activités subventionnées</w:t>
       </w:r>
       <w:r w:rsidR="006C29B4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> par la Commission communautaire française</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A82DA5" w14:textId="77777777" w:rsidR="00034D11" w:rsidRDefault="00034D11" w:rsidP="00034D11">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28256A35" w14:textId="5AE8B834" w:rsidR="00E435E5" w:rsidRDefault="001C773C" w:rsidP="00034D11">
+    <w:p w14:paraId="28256A35" w14:textId="5AE8B834" w:rsidR="00E435E5" w:rsidRDefault="00392453" w:rsidP="00034D11">
       <w:pPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1723019301"/>
           <w:placeholder>
             <w:docPart w:val="0997482E3A584490A2E992CEEFB0E9E5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E435E5" w:rsidRPr="00DB794C">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="73DACE82" w14:textId="2E2DE4FE" w:rsidR="00DB794C" w:rsidRDefault="00DB794C" w:rsidP="007B46A5"/>
-    <w:p w14:paraId="7E4D6711" w14:textId="77777777" w:rsidR="00E937C7" w:rsidRDefault="00E937C7" w:rsidP="007B46A5"/>
+    <w:p w14:paraId="7E4D6711" w14:textId="77777777" w:rsidR="00E937C7" w:rsidRDefault="00E937C7" w:rsidP="007B46A5">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:p w14:paraId="036DC41B" w14:textId="64E7670D" w:rsidR="007A2A10" w:rsidRDefault="007A2A10" w:rsidP="007A2A10">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="002B43A3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>PARTIE 3. MÉDIATION CULTURELLE</w:t>
       </w:r>
       <w:r w:rsidR="00D808C7" w:rsidRPr="002B43A3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> et INCLUSION DE PUBLICS CIBLES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752FCA01" w14:textId="77777777" w:rsidR="007A2A10" w:rsidRDefault="007A2A10" w:rsidP="00D16293">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35EE675E" w14:textId="353F1FC1" w:rsidR="00DB794C" w:rsidRDefault="00973256" w:rsidP="00E0708E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
@@ -975,51 +975,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>développés</w:t>
       </w:r>
       <w:r w:rsidR="001A0603">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour </w:t>
       </w:r>
       <w:r w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>atteindre ces publics</w:t>
       </w:r>
       <w:r w:rsidR="002C47D8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700BE2E0" w14:textId="77777777" w:rsidR="00D16293" w:rsidRDefault="00D16293" w:rsidP="00D16293">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AFB45D8" w14:textId="4CAD84BE" w:rsidR="002C47D8" w:rsidRDefault="001C773C" w:rsidP="00D16293">
+    <w:p w14:paraId="7AFB45D8" w14:textId="4CAD84BE" w:rsidR="002C47D8" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="333587140"/>
           <w:placeholder>
             <w:docPart w:val="DACD6E96CAC64E3CB20DD900E8994CF4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002C47D8" w:rsidRPr="002C47D8">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="37CA4690" w14:textId="6601DE79" w:rsidR="00AA675F" w:rsidRDefault="00AA675F" w:rsidP="002C47D8"/>
     <w:p w14:paraId="2B73051B" w14:textId="4BF5AD48" w:rsidR="00AA675F" w:rsidRDefault="00AA675F" w:rsidP="00E0708E">
@@ -1045,51 +1045,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>sont déroulées les activités</w:t>
       </w:r>
       <w:r w:rsidR="00034D11" w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> que votre association a développées</w:t>
       </w:r>
       <w:r w:rsidR="00C47A23" w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A2A23D" w14:textId="77777777" w:rsidR="00D16293" w:rsidRPr="00034D11" w:rsidRDefault="00D16293" w:rsidP="00D16293">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7697B6A5" w14:textId="77777777" w:rsidR="00AA675F" w:rsidRDefault="001C773C" w:rsidP="00D16293">
+    <w:p w14:paraId="7697B6A5" w14:textId="77777777" w:rsidR="00AA675F" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1682199559"/>
           <w:placeholder>
             <w:docPart w:val="0564520E5A4943B89742B20EC0AEF85F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AA675F" w:rsidRPr="00D660D2">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="71C6DAC6" w14:textId="4A451C38" w:rsidR="00973256" w:rsidRDefault="00973256" w:rsidP="007B46A5"/>
     <w:p w14:paraId="58585BA5" w14:textId="503F7539" w:rsidR="00281BA0" w:rsidRPr="00E0708E" w:rsidRDefault="008D2C4A" w:rsidP="00E0708E">
@@ -1127,51 +1127,51 @@
       </w:r>
       <w:r w:rsidR="004A1870" w:rsidRPr="00034D11">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour la réalisation des activités</w:t>
       </w:r>
       <w:r w:rsidR="007866C8" w:rsidRPr="00E0708E">
         <w:t xml:space="preserve"> (moyens </w:t>
       </w:r>
       <w:r w:rsidR="002658D3" w:rsidRPr="00E0708E">
         <w:t>humains, matériels, techniques et budgétaires</w:t>
       </w:r>
       <w:r w:rsidR="0022604B" w:rsidRPr="00E0708E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004A1870" w:rsidRPr="00E0708E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F36F79F" w14:textId="77777777" w:rsidR="00D16293" w:rsidRDefault="00D16293" w:rsidP="00D16293">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0D9640" w14:textId="77777777" w:rsidR="002C47D8" w:rsidRDefault="001C773C" w:rsidP="002C47D8">
+    <w:p w14:paraId="7E0D9640" w14:textId="77777777" w:rsidR="002C47D8" w:rsidRDefault="00392453" w:rsidP="002C47D8">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="967864960"/>
           <w:placeholder>
             <w:docPart w:val="BA1F20C7211B4E7EBF61FA6AF56D2F80"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002C47D8" w:rsidRPr="002C47D8">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="48C0E326" w14:textId="2AD6F7C8" w:rsidR="00281BA0" w:rsidRDefault="00281BA0" w:rsidP="007B46A5"/>
     <w:p w14:paraId="13EC8F5F" w14:textId="046BB4F8" w:rsidR="00281BA0" w:rsidRDefault="008D2C4A" w:rsidP="00D808C7">
@@ -1225,51 +1225,51 @@
       <w:r w:rsidR="0022604B">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r>
         <w:t>Décrivez</w:t>
       </w:r>
       <w:r w:rsidR="00D808C7">
         <w:t>-en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> les avantages</w:t>
       </w:r>
       <w:r w:rsidR="00D808C7">
         <w:t xml:space="preserve"> et les inconvénients. Quels retours sur investissement en avez-vous retiré ? quelles difficultés éventuelles avez-vous rencontrées ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0233B7" w14:textId="77777777" w:rsidR="00E0708E" w:rsidRDefault="00E0708E" w:rsidP="00E0708E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4586C9DF" w14:textId="7D16E4DF" w:rsidR="00E0708E" w:rsidRDefault="001C773C" w:rsidP="00E0708E">
+    <w:p w14:paraId="4586C9DF" w14:textId="7D16E4DF" w:rsidR="00E0708E" w:rsidRDefault="00392453" w:rsidP="00E0708E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1107961969"/>
           <w:placeholder>
             <w:docPart w:val="8B397D0D67F04F4387B98F07E4336F4C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E0708E" w:rsidRPr="002C47D8">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2AB95CD3" w14:textId="77777777" w:rsidR="00E0708E" w:rsidRDefault="00E0708E" w:rsidP="00E0708E">
@@ -1328,51 +1328,51 @@
       </w:r>
       <w:r w:rsidR="009A0760" w:rsidRPr="009A0760">
         <w:t xml:space="preserve"> plus spécifiquement à un public masculin, féminin, </w:t>
       </w:r>
       <w:r w:rsidR="005620BC">
         <w:t xml:space="preserve">transgenre, </w:t>
       </w:r>
       <w:r w:rsidR="009A0760" w:rsidRPr="009A0760">
         <w:t>fluide ? Vos activités ont-elles contribué à plus d’égalité entre les hommes et les femmes ?</w:t>
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009A0760" w:rsidRPr="009A0760">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392CB684" w14:textId="77777777" w:rsidR="00E0708E" w:rsidRDefault="00E0708E" w:rsidP="00E0708E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0362B9A7" w14:textId="16D0E204" w:rsidR="00E0708E" w:rsidRDefault="001C773C" w:rsidP="00E0708E">
+    <w:p w14:paraId="0362B9A7" w14:textId="16D0E204" w:rsidR="00E0708E" w:rsidRDefault="00392453" w:rsidP="00E0708E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-84916807"/>
           <w:placeholder>
             <w:docPart w:val="FBA4429C211942F2B5711E91C02CB7F4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E0708E" w:rsidRPr="002C47D8">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3EDCC41E" w14:textId="77777777" w:rsidR="00E0708E" w:rsidRDefault="00E0708E" w:rsidP="00E0708E">
       <w:pPr>
@@ -1390,51 +1390,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00D808C7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Inclusion des personnes en situation de handicap</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Votre structure permet-elle l’accueil de personnes à mobilité réduite ? vos activités sont-elles adaptées pour les personnes en situation de handicap ?</w:t>
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t xml:space="preserve"> Votre structure </w:t>
       </w:r>
       <w:r w:rsidR="00120C75">
         <w:t xml:space="preserve">a-t-elle employé </w:t>
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t xml:space="preserve"> des personnes en situation de handicap ?)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C46777F" w14:textId="77777777" w:rsidR="008D2C4A" w:rsidRDefault="008D2C4A" w:rsidP="008D2C4A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="789BBD23" w14:textId="1EC788C6" w:rsidR="00D660D2" w:rsidRDefault="001C773C" w:rsidP="00E0708E">
+    <w:p w14:paraId="789BBD23" w14:textId="1EC788C6" w:rsidR="00D660D2" w:rsidRDefault="00392453" w:rsidP="00E0708E">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="325561153"/>
           <w:placeholder>
             <w:docPart w:val="4399E864347C497094B74E22C8813216"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D660D2" w:rsidRPr="00D660D2">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="26E23B1D" w14:textId="50029E74" w:rsidR="0008733A" w:rsidRDefault="0008733A" w:rsidP="007B46A5"/>
     <w:p w14:paraId="692879BE" w14:textId="77777777" w:rsidR="002B43A3" w:rsidRDefault="002B43A3" w:rsidP="008D494D">
@@ -1491,51 +1491,51 @@
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t xml:space="preserve"> la perte </w:t>
       </w:r>
       <w:r w:rsidR="00ED5A24">
         <w:t>qui est réalisé(e)</w:t>
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t xml:space="preserve"> s’explique-t-il</w:t>
       </w:r>
       <w:r w:rsidR="00ED5A24">
         <w:t>/elle</w:t>
       </w:r>
       <w:r w:rsidR="009A0760">
         <w:t xml:space="preserve"> ? </w:t>
       </w:r>
       <w:r w:rsidR="00ED5A24">
         <w:t>Ce résultat aura-t-il des répercussions à court ou moyen terme ?)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3DE6A6" w14:textId="77777777" w:rsidR="009A0760" w:rsidRDefault="009A0760" w:rsidP="009A0760">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554945A6" w14:textId="77777777" w:rsidR="00C47A23" w:rsidRDefault="001C773C" w:rsidP="00127DBE">
+    <w:p w14:paraId="554945A6" w14:textId="77777777" w:rsidR="00C47A23" w:rsidRDefault="00392453" w:rsidP="00127DBE">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1495097103"/>
           <w:placeholder>
             <w:docPart w:val="37BC7E6AD82B446F90BBE2C107615255"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C47A23" w:rsidRPr="00C47A23">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="562971A9" w14:textId="1F0F2498" w:rsidR="001266C1" w:rsidRDefault="001266C1" w:rsidP="007B46A5"/>
     <w:p w14:paraId="22FB95AB" w14:textId="646E9CA4" w:rsidR="00940291" w:rsidRDefault="00421365" w:rsidP="00AA675F">
@@ -1560,51 +1560,51 @@
         <w:t>a-t-il</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED5A24">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> eu une p</w:t>
       </w:r>
       <w:r w:rsidR="007570B1" w:rsidRPr="00ED5A24">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>olitique tarifaire spécifique</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5A24">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour vos activités</w:t>
       </w:r>
       <w:r w:rsidR="007570B1" w:rsidRPr="007570B1">
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147818C4" w14:textId="77777777" w:rsidR="00421365" w:rsidRDefault="001C773C" w:rsidP="002B43A3">
+    <w:p w14:paraId="147818C4" w14:textId="77777777" w:rsidR="00421365" w:rsidRDefault="00392453" w:rsidP="002B43A3">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1186786184"/>
           <w:placeholder>
             <w:docPart w:val="4B0FA1C984E445BC8760DF6FFE75E8BB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00421365" w:rsidRPr="00421365">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="73A2920C" w14:textId="77777777" w:rsidR="00DB794C" w:rsidRDefault="00DB794C" w:rsidP="007B46A5"/>
     <w:p w14:paraId="7A77F919" w14:textId="77777777" w:rsidR="00E937C7" w:rsidRDefault="00E937C7" w:rsidP="007B46A5"/>
@@ -1643,51 +1643,51 @@
       </w:r>
       <w:r w:rsidR="00127DBE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> générales et/ou </w:t>
       </w:r>
       <w:r w:rsidR="009D4B9E" w:rsidRPr="00127DBE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>spécifiques</w:t>
       </w:r>
       <w:r w:rsidR="009F5249">
         <w:t> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B2F139" w14:textId="77777777" w:rsidR="00127DBE" w:rsidRDefault="00127DBE" w:rsidP="00127DBE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDCF585" w14:textId="77777777" w:rsidR="00127DBE" w:rsidRDefault="001C773C" w:rsidP="00127DBE">
+    <w:p w14:paraId="4FDCF585" w14:textId="77777777" w:rsidR="00127DBE" w:rsidRDefault="00392453" w:rsidP="00127DBE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-712579015"/>
           <w:placeholder>
             <w:docPart w:val="360522A81DF14F67AC2DD95E7506692B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00127DBE" w:rsidRPr="002C47D8">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6E8EDFE3" w14:textId="77777777" w:rsidR="00127DBE" w:rsidRPr="00127DBE" w:rsidRDefault="00127DBE" w:rsidP="00127DBE">
       <w:pPr>
@@ -1695,97 +1695,97 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75261B61" w14:textId="01D07206" w:rsidR="00127DBE" w:rsidRDefault="00127DBE" w:rsidP="009F5249">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Comment évaluez-vous le bilan global de l’année écoulée </w:t>
       </w:r>
       <w:r w:rsidRPr="00127DBE">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36584F3E" w14:textId="77777777" w:rsidR="00127DBE" w:rsidRDefault="00127DBE" w:rsidP="00127DBE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A44845" w14:textId="77777777" w:rsidR="009F5249" w:rsidRDefault="001C773C" w:rsidP="00127DBE">
+    <w:p w14:paraId="03A44845" w14:textId="77777777" w:rsidR="009F5249" w:rsidRDefault="00392453" w:rsidP="00127DBE">
       <w:pPr>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1261258789"/>
           <w:placeholder>
             <w:docPart w:val="11ED4F9FC0D0460888C0FCE9B95835BA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009F5249" w:rsidRPr="009F5249">
             <w:rPr>
               <w:rStyle w:val="Emphaseple"/>
               <w:color w:val="5B9BD5" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1C19AD0B" w14:textId="77777777" w:rsidR="002D2C00" w:rsidRDefault="002D2C00" w:rsidP="007B46A5"/>
     <w:sectPr w:rsidR="002D2C00" w:rsidSect="00D16293">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F13B266" w14:textId="77777777" w:rsidR="00BF579E" w:rsidRDefault="00BF579E" w:rsidP="00D16293">
+    <w:p w14:paraId="431621E7" w14:textId="77777777" w:rsidR="00392453" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43D51697" w14:textId="77777777" w:rsidR="00BF579E" w:rsidRDefault="00BF579E" w:rsidP="00D16293">
+    <w:p w14:paraId="2A3EF799" w14:textId="77777777" w:rsidR="00392453" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -1921,51 +1921,51 @@
                                 <w:pPr>
                                   <w:pStyle w:val="Pieddepage"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:sz w:val="16"/>
                                     <w:szCs w:val="16"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="begin"/>
                                 </w:r>
                                 <w:r>
                                   <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="separate"/>
                                 </w:r>
-                                <w:r w:rsidR="001C773C" w:rsidRPr="001C773C">
+                                <w:r w:rsidR="00806768" w:rsidRPr="00806768">
                                   <w:rPr>
                                     <w:noProof/>
                                     <w:sz w:val="16"/>
                                     <w:szCs w:val="16"/>
                                     <w:lang w:val="fr-FR"/>
                                   </w:rPr>
                                   <w:t>2</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:sz w:val="16"/>
                                     <w:szCs w:val="16"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="end"/>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
@@ -1993,93 +1993,93 @@
                           <w:pPr>
                             <w:pStyle w:val="Pieddepage"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="001C773C" w:rsidRPr="001C773C">
+                          <w:r w:rsidR="00806768" w:rsidRPr="00806768">
                             <w:rPr>
                               <w:noProof/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="fr-FR"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:rect>
                   <w10:wrap anchorx="margin" anchory="page"/>
                 </v:group>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C5EE31D" w14:textId="77777777" w:rsidR="00BF579E" w:rsidRDefault="00BF579E" w:rsidP="00D16293">
+    <w:p w14:paraId="3943DAA0" w14:textId="77777777" w:rsidR="00392453" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CA75307" w14:textId="77777777" w:rsidR="00BF579E" w:rsidRDefault="00BF579E" w:rsidP="00D16293">
+    <w:p w14:paraId="23254604" w14:textId="77777777" w:rsidR="00392453" w:rsidRDefault="00392453" w:rsidP="00D16293">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="537C03AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F5A289E"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
@@ -2330,112 +2330,113 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB794C"/>
     <w:rsid w:val="00034D11"/>
     <w:rsid w:val="0008733A"/>
     <w:rsid w:val="00120C75"/>
     <w:rsid w:val="001266C1"/>
     <w:rsid w:val="00127DBE"/>
     <w:rsid w:val="001939BC"/>
     <w:rsid w:val="001A0603"/>
-    <w:rsid w:val="001C773C"/>
     <w:rsid w:val="001D6611"/>
     <w:rsid w:val="002136E2"/>
     <w:rsid w:val="0022604B"/>
     <w:rsid w:val="00261389"/>
     <w:rsid w:val="002658D3"/>
     <w:rsid w:val="00275FDB"/>
     <w:rsid w:val="00281BA0"/>
     <w:rsid w:val="00287503"/>
     <w:rsid w:val="002B43A3"/>
     <w:rsid w:val="002B46FD"/>
     <w:rsid w:val="002C47D8"/>
     <w:rsid w:val="002D03B7"/>
     <w:rsid w:val="002D2C00"/>
     <w:rsid w:val="002E307B"/>
     <w:rsid w:val="0030799E"/>
     <w:rsid w:val="00351222"/>
+    <w:rsid w:val="00392453"/>
     <w:rsid w:val="003B20A6"/>
     <w:rsid w:val="003D776C"/>
     <w:rsid w:val="00421365"/>
     <w:rsid w:val="00463C3B"/>
     <w:rsid w:val="004A1870"/>
     <w:rsid w:val="004F6222"/>
     <w:rsid w:val="00534047"/>
     <w:rsid w:val="005620BC"/>
     <w:rsid w:val="006032F2"/>
     <w:rsid w:val="00644BCE"/>
     <w:rsid w:val="00645767"/>
     <w:rsid w:val="006C29B4"/>
     <w:rsid w:val="006D10CC"/>
     <w:rsid w:val="00705EA7"/>
     <w:rsid w:val="007351FE"/>
     <w:rsid w:val="007570B1"/>
     <w:rsid w:val="007866C8"/>
     <w:rsid w:val="007A2A10"/>
     <w:rsid w:val="007B46A5"/>
+    <w:rsid w:val="00806768"/>
     <w:rsid w:val="00815091"/>
     <w:rsid w:val="008D2C4A"/>
     <w:rsid w:val="008D494D"/>
     <w:rsid w:val="00933376"/>
     <w:rsid w:val="00940291"/>
     <w:rsid w:val="00971485"/>
     <w:rsid w:val="00973256"/>
     <w:rsid w:val="009774ED"/>
     <w:rsid w:val="009A0760"/>
     <w:rsid w:val="009C730E"/>
     <w:rsid w:val="009D318C"/>
     <w:rsid w:val="009D4B9E"/>
     <w:rsid w:val="009F5249"/>
     <w:rsid w:val="00A553A1"/>
     <w:rsid w:val="00A66E00"/>
     <w:rsid w:val="00AA1A17"/>
     <w:rsid w:val="00AA675F"/>
     <w:rsid w:val="00B26A2F"/>
     <w:rsid w:val="00B54BC5"/>
     <w:rsid w:val="00B573AE"/>
     <w:rsid w:val="00BD53DE"/>
     <w:rsid w:val="00BF579E"/>
     <w:rsid w:val="00C4282F"/>
     <w:rsid w:val="00C47A23"/>
     <w:rsid w:val="00CE1435"/>
@@ -2452,51 +2453,51 @@
     <w:rsid w:val="00E937C7"/>
     <w:rsid w:val="00EB669B"/>
     <w:rsid w:val="00ED4FF2"/>
     <w:rsid w:val="00ED5A24"/>
     <w:rsid w:val="00F0797B"/>
     <w:rsid w:val="00FA09E4"/>
     <w:rsid w:val="00FA34DF"/>
     <w:rsid w:val="00FF1071"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="295E92C4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{91FBE7A6-2F7B-45A8-B08D-41C920A8459A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -3638,50 +3639,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C138C"/>
+    <w:rsid w:val="000F0EA8"/>
     <w:rsid w:val="00191678"/>
     <w:rsid w:val="003C138C"/>
     <w:rsid w:val="0040394B"/>
     <w:rsid w:val="005560CD"/>
     <w:rsid w:val="00756623"/>
     <w:rsid w:val="00B50ABD"/>
     <w:rsid w:val="00E974DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>